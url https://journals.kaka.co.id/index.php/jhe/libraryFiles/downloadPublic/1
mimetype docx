--- v0 (2025-10-26)
+++ v1 (2026-03-27)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2408"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F67FE8" w14:paraId="44A73805" w14:textId="77777777" w:rsidTr="00F67FE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
@@ -422,56 +422,65 @@
         <w:ind w:right="29"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Abstrak</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41945847" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="009075E9">
       <w:pPr>
         <w:ind w:right="29" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Abstrak </w:t>
+        <w:t>Abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dalam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bahasa Indonesia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C590246" w14:textId="730B6E49" w:rsidR="00D70AFA" w:rsidRDefault="00000000" w:rsidP="009075E9">
       <w:pPr>
         <w:ind w:right="29" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -521,51 +530,65 @@
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pendahuluan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="302EAB7C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="0063376B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>Pendahuluan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ditulis di </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>sini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>Kutipan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -691,57 +714,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>digunakan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>dalam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> penelitian </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009075E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve">ditulis di </w:t>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009075E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009075E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>sini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009075E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700F2617" w14:textId="77777777" w:rsidR="00D70AFA" w:rsidRDefault="00D70AFA">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -758,51 +803,65 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>Pembahasan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="55E2A9DD" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00272A8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>Pembahasan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ditulis di </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>sini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1EF372" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00DF6982">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
@@ -813,243 +872,367 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>cara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>pengutipan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> peraturan:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>peraturan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F942E4A" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="00445E26" w:rsidP="00DF6982">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Disebutkan bahwa </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>Disebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>bahwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>asyarakat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> berhak </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>memberikan</w:t>
+        <w:t>berhak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> masukan secara</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>lisan</w:t>
+        <w:t>memberikan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dan</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">atau tertulis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>dalam</w:t>
+        <w:t>masukan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>setiap</w:t>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>lisan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
+        <w:t xml:space="preserve"> dan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>tertulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
         <w:t>tahapan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A5AC4" w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>pembentukan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006A5AC4" w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> peraturan </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A5AC4" w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
+        <w:t>peraturan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006A5AC4" w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A5AC4" w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
         <w:t>perundang-undangan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>secara daring</w:t>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daring</w:t>
       </w:r>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t>dan</w:t>
       </w:r>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00445E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
-        <w:t>atau luring.</w:t>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445E26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> luring.</w:t>
       </w:r>
       <w:r w:rsidR="002B7DB4" w:rsidRPr="002B7DB4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="002B7DB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47AF68AB" w14:textId="26F43C81" w:rsidR="00106C70" w:rsidRDefault="009075E9" w:rsidP="007307BC">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -1239,2194 +1422,2159 @@
     <w:p w14:paraId="3894682C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="009075E9">
       <w:pPr>
         <w:ind w:right="27" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statistik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Peraturan </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Perundang-Undangan</w:t>
+        <w:t>Peraturan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (UU, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Perpu</w:t>
+        <w:t>Perundang-Undangan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, PP dan Perpres) Tahun 2013-2022</w:t>
+        <w:t xml:space="preserve"> (UU, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:color w:val="181818"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Perpu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:color w:val="181818"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, PP dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:color w:val="181818"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Perpres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:color w:val="181818"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Tahun 2013-2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="181818"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1331"/>
         <w:gridCol w:w="1527"/>
         <w:gridCol w:w="2680"/>
         <w:gridCol w:w="1344"/>
         <w:gridCol w:w="1344"/>
         <w:gridCol w:w="1413"/>
       </w:tblGrid>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="4EBF36A0" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306D3E9C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A07C108" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tahun</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4685525B" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>UU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B54FF8" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Perpu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC98794" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763123C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Perpres</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="7E1EC2EA" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="189F861F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AE91F9D" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C6EA766" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C18B3F8" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ABD089C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01002882" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="5EEA09C9" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D2873FB" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13F65BFF" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D340A32" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="007801BA" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E6DCDE" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31B3EF24" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="42D61EF2" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53865413" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63543C36" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3196BF41" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F340012" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08F39C1E" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B8DBD5" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="14F919AD" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B6DF5F8" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3481EC95" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775DE086" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="677B710F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05AD3A5F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A513E5" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="232E0639" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="335AC163" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BB9CE01" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6220CA70" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F030EDE" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="535E2EDE" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F38DAC8" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="218F19D7" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37B16AD6" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C5C5B13" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E1EBEBE" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C886CDF" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08C56595" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17D6ABF2" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="7566F212" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09DF060E" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BF7FC5C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="039934E2" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278E8550" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="219D2548" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24ABFF1E" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="5C1246BC" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09618405" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D126172" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45314401" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E0AC24B" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DCC6840" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C83126" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="3CA9ED52" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44308286" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="140C1B8F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F89FE5D" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BEFFF37" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="211EBB1F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32FD5B72" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="0F016F1F" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E023283" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1558AF9F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06562D0C" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="330AE75F" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="445B0253" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="727509AF" w14:textId="77777777" w:rsidR="009075E9" w:rsidRPr="004A432B" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009075E9" w:rsidRPr="004A432B" w14:paraId="6038BF49" w14:textId="77777777" w:rsidTr="00C41F06">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4510A525" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A9C4EB7" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="498486E4" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C37AC72" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>925</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EDF8686" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="00C41F06">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C0F300D" w14:textId="77777777" w:rsidR="009075E9" w:rsidRDefault="009075E9" w:rsidP="009075E9">
@@ -3676,123 +3824,123 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D70AFA" w:rsidSect="00E97ECE">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="415" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47686E7B" w14:textId="77777777" w:rsidR="00450789" w:rsidRDefault="00450789" w:rsidP="00AD15C3">
+    <w:p w14:paraId="3B7654A4" w14:textId="77777777" w:rsidR="00DD4EBE" w:rsidRDefault="00DD4EBE" w:rsidP="00AD15C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5864F533" w14:textId="77777777" w:rsidR="00450789" w:rsidRDefault="00450789" w:rsidP="00AD15C3">
+    <w:p w14:paraId="3D7EEB2A" w14:textId="77777777" w:rsidR="00DD4EBE" w:rsidRDefault="00DD4EBE" w:rsidP="00AD15C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2041660623"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2358059F" w14:textId="15705090" w:rsidR="00DC0078" w:rsidRDefault="00DC0078">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -3801,51 +3949,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="05267C8E" w14:textId="77777777" w:rsidR="00DC0078" w:rsidRDefault="00DC0078">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6203031D" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD"/>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="9634" w:type="dxa"/>
       <w:tblBorders>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9634"/>
     </w:tblGrid>
     <w:tr w:rsidR="006D38BD" w14:paraId="66C982E6" w14:textId="77777777" w:rsidTr="00E97ECE">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9634" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6A74415C" w14:textId="2986AA72" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
@@ -3891,74 +4039,88 @@
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="838200" cy="295275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6436691D" w14:textId="3D3121DC" w:rsidR="006D38BD" w:rsidRPr="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
+        <w:p w14:paraId="6436691D" w14:textId="1C7B6361" w:rsidR="006D38BD" w:rsidRPr="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:ind w:firstLine="0"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
           </w:pPr>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
             <w:t>Copyright</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
-            <w:t xml:space="preserve"> (c) 2025 Penulis</w:t>
+            <w:t xml:space="preserve"> (c) 202</w:t>
+          </w:r>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006D38BD">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Penulis</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="095FC4BA" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRPr="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:ind w:firstLine="0"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
           </w:pPr>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
             <w:t>This</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
@@ -4080,85 +4242,163 @@
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4.0 International </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006D38BD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>License</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:hyperlink>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="066988D0" w14:textId="1E923713" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
+        <w:p w14:paraId="066988D0" w14:textId="0D9CCAEE" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:ind w:firstLine="0"/>
           </w:pPr>
           <w:r w:rsidRPr="006D38BD">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="id-ID"/>
             </w:rPr>
-            <w:t>Diterbitkan oleh PT Kaka Media Visi Sistematis</w:t>
+            <w:t xml:space="preserve">Diterbitkan oleh </w:t>
+          </w:r>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Kaka </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t>Publishing</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t>by</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="006D38BD">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve">PT </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t>Aorsa</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t>Adivisi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00B37EAF">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:lang w:val="id-ID"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Kaka</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="79016397" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B1C773C" w14:textId="77777777" w:rsidR="00450789" w:rsidRDefault="00450789" w:rsidP="00AD15C3">
+    <w:p w14:paraId="168666DE" w14:textId="77777777" w:rsidR="00DD4EBE" w:rsidRDefault="00DD4EBE" w:rsidP="00AD15C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="752D34A7" w14:textId="77777777" w:rsidR="00450789" w:rsidRDefault="00450789" w:rsidP="00AD15C3">
+    <w:p w14:paraId="5487BBD5" w14:textId="77777777" w:rsidR="00DD4EBE" w:rsidRDefault="00DD4EBE" w:rsidP="00AD15C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="5FDB9E56" w14:textId="2414612C" w:rsidR="00F67FE8" w:rsidRDefault="00F67FE8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009075E9">
         <w:t>Pekerjaan, Lembaga, Email.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
@@ -4514,92 +4754,131 @@
       </w:r>
       <w:r w:rsidRPr="002B7DB4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002B7DB4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>“Matrix | JDIH Kementerian Sekretariat Negara,” diakses 9 Desember 2023, https://jdih.setneg.go.id/Matrix.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7DB4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3938"/>
       <w:gridCol w:w="2410"/>
       <w:gridCol w:w="3291"/>
     </w:tblGrid>
     <w:tr w:rsidR="006D38BD" w14:paraId="41DD0A3B" w14:textId="77777777" w:rsidTr="00C41F06">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2043" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="0D4C21C2" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Bookman Old Style"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Bookman Old Style"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
-            <w:t>Jurnal Hukum Ekualitas</w:t>
+            <w:t>Jurnal</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Bookman Old Style"/>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Hukum </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Bookman Old Style"/>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>Ekualitas</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+        </w:p>
+        <w:p w14:paraId="34DC5E9A" w14:textId="091DFBA0" w:rsidR="00CA752C" w:rsidRDefault="00CA752C" w:rsidP="006D38BD">
+          <w:pPr>
+            <w:ind w:firstLine="0"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Bookman Old Style"/>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00CA752C">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Bookman Old Style"/>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>E-ISSN: 3090-0220</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3CB7C13B" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Bookman Old Style"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidRPr="006E0EDF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>https://doi.org/10.56607/jhe</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
@@ -4761,51 +5040,51 @@
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6A51ED21" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD" w:rsidP="006D38BD">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="791DB32B" w14:textId="77777777" w:rsidR="006D38BD" w:rsidRDefault="006D38BD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ABD14AD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5AEED0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5225,53 +5504,53 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1294795450">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="298000150">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1762484468">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1001615890">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1636518918">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D70AFA"/>
     <w:rsid w:val="00000A58"/>
     <w:rsid w:val="000109CC"/>
@@ -5348,60 +5627,63 @@
     <w:rsid w:val="002F415F"/>
     <w:rsid w:val="00303450"/>
     <w:rsid w:val="00305F0D"/>
     <w:rsid w:val="00314735"/>
     <w:rsid w:val="00341834"/>
     <w:rsid w:val="00350574"/>
     <w:rsid w:val="00371F52"/>
     <w:rsid w:val="00381C71"/>
     <w:rsid w:val="003877CA"/>
     <w:rsid w:val="00396865"/>
     <w:rsid w:val="003D0A4E"/>
     <w:rsid w:val="003D3B94"/>
     <w:rsid w:val="003F31C2"/>
     <w:rsid w:val="00401947"/>
     <w:rsid w:val="00401BDB"/>
     <w:rsid w:val="004069DD"/>
     <w:rsid w:val="00406DCD"/>
     <w:rsid w:val="00410A7E"/>
     <w:rsid w:val="00432F96"/>
     <w:rsid w:val="00436CF5"/>
     <w:rsid w:val="00436DEC"/>
     <w:rsid w:val="00440DA4"/>
     <w:rsid w:val="00445E26"/>
     <w:rsid w:val="00447E9C"/>
     <w:rsid w:val="00450789"/>
+    <w:rsid w:val="00454F76"/>
     <w:rsid w:val="0045614F"/>
     <w:rsid w:val="00465A83"/>
     <w:rsid w:val="004848CF"/>
     <w:rsid w:val="004973C1"/>
+    <w:rsid w:val="004A31BC"/>
     <w:rsid w:val="004A3AD0"/>
     <w:rsid w:val="004A432B"/>
     <w:rsid w:val="004B0123"/>
     <w:rsid w:val="004B23A1"/>
     <w:rsid w:val="004C2073"/>
     <w:rsid w:val="004D1838"/>
+    <w:rsid w:val="004E56DE"/>
     <w:rsid w:val="004F0814"/>
     <w:rsid w:val="00502F46"/>
     <w:rsid w:val="00541AE3"/>
     <w:rsid w:val="0057426D"/>
     <w:rsid w:val="00574F10"/>
     <w:rsid w:val="00576177"/>
     <w:rsid w:val="005761BF"/>
     <w:rsid w:val="00577F28"/>
     <w:rsid w:val="00580EE3"/>
     <w:rsid w:val="00581D40"/>
     <w:rsid w:val="00585617"/>
     <w:rsid w:val="00586988"/>
     <w:rsid w:val="005900EA"/>
     <w:rsid w:val="00592EA5"/>
     <w:rsid w:val="005A6165"/>
     <w:rsid w:val="005B1AE4"/>
     <w:rsid w:val="005C2F58"/>
     <w:rsid w:val="005C54F1"/>
     <w:rsid w:val="005D20DB"/>
     <w:rsid w:val="005D5E0B"/>
     <w:rsid w:val="005E3AA9"/>
     <w:rsid w:val="005F2A39"/>
     <w:rsid w:val="00601B49"/>
     <w:rsid w:val="00602C0A"/>
     <w:rsid w:val="006059D4"/>
@@ -5489,121 +5771,124 @@
     <w:rsid w:val="009075E9"/>
     <w:rsid w:val="00926E85"/>
     <w:rsid w:val="00945D41"/>
     <w:rsid w:val="0095313E"/>
     <w:rsid w:val="009861EA"/>
     <w:rsid w:val="0099028E"/>
     <w:rsid w:val="009B1FAC"/>
     <w:rsid w:val="009B2880"/>
     <w:rsid w:val="009B6805"/>
     <w:rsid w:val="009E5A0C"/>
     <w:rsid w:val="00A26DCC"/>
     <w:rsid w:val="00A3183B"/>
     <w:rsid w:val="00A43446"/>
     <w:rsid w:val="00A511EF"/>
     <w:rsid w:val="00A64AC8"/>
     <w:rsid w:val="00A70F16"/>
     <w:rsid w:val="00A7444C"/>
     <w:rsid w:val="00A74807"/>
     <w:rsid w:val="00AA25FA"/>
     <w:rsid w:val="00AD15C3"/>
     <w:rsid w:val="00AE2984"/>
     <w:rsid w:val="00AF179F"/>
     <w:rsid w:val="00B21E0F"/>
     <w:rsid w:val="00B2381F"/>
     <w:rsid w:val="00B338A3"/>
+    <w:rsid w:val="00B37EAF"/>
     <w:rsid w:val="00B40758"/>
     <w:rsid w:val="00B5330F"/>
     <w:rsid w:val="00B64A45"/>
     <w:rsid w:val="00B7085B"/>
     <w:rsid w:val="00B739FB"/>
     <w:rsid w:val="00B74FDC"/>
     <w:rsid w:val="00B762BF"/>
     <w:rsid w:val="00B83521"/>
     <w:rsid w:val="00B83FA1"/>
     <w:rsid w:val="00B905DB"/>
     <w:rsid w:val="00BA038C"/>
     <w:rsid w:val="00BA3DB2"/>
     <w:rsid w:val="00BB1102"/>
     <w:rsid w:val="00BC5F2F"/>
     <w:rsid w:val="00BD3D71"/>
     <w:rsid w:val="00C019AE"/>
     <w:rsid w:val="00C030DA"/>
     <w:rsid w:val="00C14415"/>
     <w:rsid w:val="00C20674"/>
     <w:rsid w:val="00C271CC"/>
     <w:rsid w:val="00C3215D"/>
     <w:rsid w:val="00C364F1"/>
     <w:rsid w:val="00C42D75"/>
     <w:rsid w:val="00C52DFC"/>
     <w:rsid w:val="00C64717"/>
     <w:rsid w:val="00C66401"/>
     <w:rsid w:val="00C70ADA"/>
     <w:rsid w:val="00C74FB9"/>
     <w:rsid w:val="00C75C66"/>
     <w:rsid w:val="00C85256"/>
     <w:rsid w:val="00C85597"/>
     <w:rsid w:val="00C859AA"/>
     <w:rsid w:val="00CA18DC"/>
     <w:rsid w:val="00CA4E26"/>
     <w:rsid w:val="00CA5BA6"/>
+    <w:rsid w:val="00CA752C"/>
     <w:rsid w:val="00CB2FA7"/>
     <w:rsid w:val="00CB6D4F"/>
     <w:rsid w:val="00CC125A"/>
     <w:rsid w:val="00CC1690"/>
     <w:rsid w:val="00CC4273"/>
     <w:rsid w:val="00CC53EA"/>
     <w:rsid w:val="00CE0647"/>
     <w:rsid w:val="00CF030F"/>
     <w:rsid w:val="00CF38F7"/>
     <w:rsid w:val="00D04AAD"/>
     <w:rsid w:val="00D10B7D"/>
     <w:rsid w:val="00D11EF2"/>
     <w:rsid w:val="00D16221"/>
     <w:rsid w:val="00D200F0"/>
     <w:rsid w:val="00D36D83"/>
     <w:rsid w:val="00D520C7"/>
     <w:rsid w:val="00D52159"/>
     <w:rsid w:val="00D521A3"/>
     <w:rsid w:val="00D57CFB"/>
     <w:rsid w:val="00D57EC3"/>
     <w:rsid w:val="00D70AFA"/>
     <w:rsid w:val="00D710C6"/>
     <w:rsid w:val="00D84CD5"/>
     <w:rsid w:val="00D860E3"/>
     <w:rsid w:val="00D92A83"/>
     <w:rsid w:val="00D92F3A"/>
     <w:rsid w:val="00D93BC2"/>
     <w:rsid w:val="00D94559"/>
     <w:rsid w:val="00D973DF"/>
     <w:rsid w:val="00DA2967"/>
     <w:rsid w:val="00DB1D23"/>
     <w:rsid w:val="00DB4F74"/>
     <w:rsid w:val="00DB6836"/>
     <w:rsid w:val="00DC0078"/>
     <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC648C"/>
+    <w:rsid w:val="00DD4EBE"/>
     <w:rsid w:val="00DE3553"/>
     <w:rsid w:val="00DE5E84"/>
     <w:rsid w:val="00DF461D"/>
     <w:rsid w:val="00DF6982"/>
     <w:rsid w:val="00DF6E02"/>
     <w:rsid w:val="00DF7C28"/>
     <w:rsid w:val="00E04E96"/>
     <w:rsid w:val="00E11E95"/>
     <w:rsid w:val="00E14E34"/>
     <w:rsid w:val="00E259B3"/>
     <w:rsid w:val="00E2640C"/>
     <w:rsid w:val="00E30D34"/>
     <w:rsid w:val="00E3595E"/>
     <w:rsid w:val="00E367C0"/>
     <w:rsid w:val="00E47E99"/>
     <w:rsid w:val="00E5406A"/>
     <w:rsid w:val="00E545B2"/>
     <w:rsid w:val="00E8017D"/>
     <w:rsid w:val="00E907EE"/>
     <w:rsid w:val="00E97ECE"/>
     <w:rsid w:val="00EA57FB"/>
     <w:rsid w:val="00EA6AE0"/>
     <w:rsid w:val="00EB220C"/>
     <w:rsid w:val="00EB344C"/>
     <w:rsid w:val="00EB7C6F"/>
@@ -5634,59 +5919,59 @@
     <w:rsid w:val="00FF1264"/>
     <w:rsid w:val="00FF5513"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36B11332"/>
   <w15:docId w15:val="{74069F82-9B33-4F30-887F-F3893AFEA1D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6509,51 +6794,51 @@
     <w:rsid w:val="006D38BD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="006D38BD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="773289245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2120024578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6878,75 +7163,75 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{969B5409-5C1D-4BFA-BFCA-2E1DCC5090DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>259</Words>
-  <Characters>1489</Characters>
+  <Words>260</Words>
+  <Characters>1488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>116</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1632</CharactersWithSpaces>
+  <CharactersWithSpaces>1745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>165</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZOTERO_PREF_1">
     <vt:lpwstr>&lt;data data-version="3" zotero-version="6.0.36"&gt;&lt;session id="lAwIjf2f"/&gt;&lt;style id="http://www.zotero.org/styles/chicago-fullnote-bibliography" locale="id-ID" hasBibliography="1" bibliographyStyleHasBeenSet="1"/&gt;&lt;prefs&gt;&lt;pref name="noteType" value="1"/&gt;&lt;pref</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ZOTERO_PREF_2">
     <vt:lpwstr> name="fieldType" value="Field"/&gt;&lt;/prefs&gt;&lt;/data&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">